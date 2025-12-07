--- v0 (2025-10-15)
+++ v1 (2025-12-07)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sequence Number</t>
   </si>
   <si>
     <t>Country Code</t>
   </si>
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Unit Amount (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,6145</t>
+    <t>8,7766</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>5,0559</t>
+    <t>5,1511</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
-    <t>10,1118</t>
+    <t>10,3021</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
-    <t>12,7759</t>
+    <t>13,0163</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>11,6675</t>
+    <t>11,8871</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>9,5284</t>
+    <t>9,7078</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>5,4837</t>
+    <t>5,5869</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
-    <t>16,5289</t>
+    <t>16,84</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
-    <t>5,2504</t>
+    <t>5,3492</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,3063</t>
+    <t>10,5002</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>13,6121</t>
+    <t>13,8683</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>7,9728</t>
+    <t>8,1228</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
-    <t>3,1113</t>
+    <t>3,1699</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>10,9674</t>
+    <t>11,1738</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,2509</t>
+    <t>12,4814</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,2786</t>
+    <t>11,4908</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
-    <t>14,3899</t>
+    <t>14,6607</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>3,1308</t>
+    <t>3,1897</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,1808</t>
+    <t>4,2595</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Democratic Republic of the Congo</t>
   </si>
   <si>
-    <t>114,7302</t>
+    <t>116,8895</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Congo</t>
   </si>
   <si>
-    <t>7,5839</t>
+    <t>7,7266</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>7,2922</t>
+    <t>7,4294</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Cote d'Ivoire</t>
   </si>
   <si>
-    <t>8,3403</t>
+    <t>8,4973</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
-    <t>6,6116</t>
+    <t>6,736</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>4,667</t>
+    <t>4,7548</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>6,0282</t>
+    <t>6,1417</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
-    <t>17,7346</t>
+    <t>18,0684</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>3,5002</t>
+    <t>3,5661</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
-    <t>7,0005</t>
+    <t>7,1322</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>11,9981</t>
+    <t>12,2239</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Djibouti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>3,9281</t>
+    <t>4,002</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominica</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
-    <t>7,1949</t>
+    <t>7,3304</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
-    <t>17,1123</t>
+    <t>17,4344</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>8,3617</t>
+    <t>8,5191</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>9,9174</t>
+    <t>10,104</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritrea</t>
   </si>
   <si>
-    <t>10,948</t>
+    <t>11,154</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>7,8367</t>
+    <t>7,9842</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>9,1395</t>
+    <t>9,3115</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,3068</t>
+    <t>17,6325</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Islands (Malvinas)</t>
   </si>
   <si>
-    <t>10,6952</t>
+    <t>10,8965</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Micronesia, Federated States of</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Islands</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>8,7506</t>
+    <t>8,9153</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>12,6398</t>
+    <t>12,8777</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
-    <t>12,5425</t>
+    <t>12,7786</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Gibraltar</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Greenland</t>
   </si>
   <si>
-    <t>2,3335</t>
+    <t>2,3774</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambia</t>
   </si>
   <si>
-    <t>9,6646</t>
+    <t>9,8465</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
-    <t>15,5566</t>
+    <t>15,8494</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,279</t>
+    <t>18,6231</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Equatorial Guinea</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>7,7783</t>
+    <t>7,9247</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
-    <t>15,3816</t>
+    <t>15,6711</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>11,0841</t>
+    <t>11,2927</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>6,2227</t>
+    <t>6,3398</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>8,9451</t>
+    <t>9,1134</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>7,3894</t>
+    <t>7,5285</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
-    <t>14,001</t>
+    <t>14,2645</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
-    <t>8,0895</t>
+    <t>8,2417</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,3923</t>
+    <t>9,5691</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Comoros</t>
   </si>
   <si>
-    <t>8,8867</t>
+    <t>9,054</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts and Nevis</t>
   </si>
   <si>
-    <t>11,8619</t>
+    <t>12,0852</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Korea, Democratic People's Republic of</t>
   </si>
   <si>
-    <t>13,5732</t>
+    <t>13,8286</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
-    <t>4,0836</t>
+    <t>4,1605</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Islands</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,334</t>
+    <t>9,5097</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>6,806</t>
+    <t>6,9341</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monaco</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
-    <t>5,4448</t>
+    <t>5,5473</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagascar</t>
   </si>
   <si>
-    <t>10,5007</t>
+    <t>10,6984</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marshall Islands</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Macedonia, the Former Yugoslav Republic of</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinique</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Mauritania</t>
   </si>
   <si>
-    <t>23,335</t>
+    <t>23,7741</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>18,5124</t>
+    <t>18,8608</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>4,7059</t>
+    <t>4,7945</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>New Caledonia</t>
   </si>
   <si>
-    <t>22,6932</t>
+    <t>23,1204</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Niger</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
-    <t>3,3058</t>
+    <t>3,368</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>12,8342</t>
+    <t>13,0758</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>7,3311</t>
+    <t>7,469</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>17,5012</t>
+    <t>17,8306</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>13,4176</t>
+    <t>13,6701</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
-    <t>4,8614</t>
+    <t>4,9529</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,4171</t>
+    <t>6,5379</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>French Polynesia</t>
   </si>
   <si>
-    <t>14,0982</t>
+    <t>14,3635</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,6947</t>
+    <t>3,7642</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre and Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
-    <t>11,473</t>
+    <t>11,689</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
   <si>
-    <t>25,0851</t>
+    <t>25,5572</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
-    <t>6,5338</t>
+    <t>6,6568</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>10,8896</t>
+    <t>11,0946</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>7,0588</t>
+    <t>7,1917</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>11,7453</t>
+    <t>11,9663</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somalia</t>
   </si>
   <si>
-    <t>15,6539</t>
+    <t>15,9485</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome and Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Syrian Arab Republic</t>
   </si>
   <si>
-    <t>13,8065</t>
+    <t>14,0664</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Swaziland</t>
   </si>
   <si>
-    <t>13,3009</t>
+    <t>13,5513</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
-    <t>12,5231</t>
+    <t>12,7588</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
-    <t>13,0287</t>
+    <t>13,2739</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
-    <t>4,4725</t>
+    <t>4,5567</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>1,5557</t>
+    <t>1,5849</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
-    <t>19,4458</t>
+    <t>19,8118</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>United Republic of Tanzania</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>British Virgin Islands</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>19,2902</t>
+    <t>19,6533</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,2008</t>
+    <t>11,4116</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks and Caicos Islands</t>
   </si>