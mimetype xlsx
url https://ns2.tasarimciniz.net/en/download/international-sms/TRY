--- v1 (2025-12-07)
+++ v2 (2026-01-22)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sequence Number</t>
   </si>
   <si>
     <t>Country Code</t>
   </si>
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Unit Amount (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,7766</t>
+    <t>9,0041</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>5,1511</t>
+    <t>5,2846</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
-    <t>10,3021</t>
+    <t>10,5691</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
-    <t>13,0163</t>
+    <t>13,3537</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>11,8871</t>
+    <t>12,1951</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>9,7078</t>
+    <t>9,9593</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>5,5869</t>
+    <t>5,7317</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
-    <t>16,84</t>
+    <t>17,2764</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
-    <t>5,3492</t>
+    <t>5,4878</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,5002</t>
+    <t>10,7724</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>13,8683</t>
+    <t>14,2276</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>8,1228</t>
+    <t>8,3333</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
-    <t>3,1699</t>
+    <t>3,252</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>11,1738</t>
+    <t>11,4634</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,4814</t>
+    <t>12,8049</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,4908</t>
+    <t>11,7886</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
-    <t>14,6607</t>
+    <t>15,0407</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>3,1897</t>
+    <t>3,2724</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,2595</t>
+    <t>4,3699</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Democratic Republic of the Congo</t>
   </si>
   <si>
-    <t>116,8895</t>
+    <t>119,9187</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Congo</t>
   </si>
   <si>
-    <t>7,7266</t>
+    <t>7,9268</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>7,4294</t>
+    <t>7,622</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Cote d'Ivoire</t>
   </si>
   <si>
-    <t>8,4973</t>
+    <t>8,7175</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
-    <t>6,736</t>
+    <t>6,9106</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>4,7548</t>
+    <t>4,878</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>6,1417</t>
+    <t>6,3008</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
-    <t>18,0684</t>
+    <t>18,5366</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>3,5661</t>
+    <t>3,6585</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
-    <t>7,1322</t>
+    <t>7,3171</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>12,2239</t>
+    <t>12,5407</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Djibouti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>4,002</t>
+    <t>4,1057</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominica</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
-    <t>7,3304</t>
+    <t>7,5203</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
-    <t>17,4344</t>
+    <t>17,8862</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>8,5191</t>
+    <t>8,7398</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>10,104</t>
+    <t>10,3659</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritrea</t>
   </si>
   <si>
-    <t>11,154</t>
+    <t>11,4431</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>7,9842</t>
+    <t>8,1911</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>9,3115</t>
+    <t>9,5528</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,6325</t>
+    <t>18,0894</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Islands (Malvinas)</t>
   </si>
   <si>
-    <t>10,8965</t>
+    <t>11,1789</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Micronesia, Federated States of</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Islands</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>8,9153</t>
+    <t>9,1463</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>12,8777</t>
+    <t>13,2114</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
-    <t>12,7786</t>
+    <t>13,1098</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Gibraltar</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Greenland</t>
   </si>
   <si>
-    <t>2,3774</t>
+    <t>2,439</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambia</t>
   </si>
   <si>
-    <t>9,8465</t>
+    <t>10,1016</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
-    <t>15,8494</t>
+    <t>16,2602</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,6231</t>
+    <t>19,1057</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Equatorial Guinea</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>7,9247</t>
+    <t>8,1301</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
-    <t>15,6711</t>
+    <t>16,0772</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>11,2927</t>
+    <t>11,5854</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>6,3398</t>
+    <t>6,5041</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>9,1134</t>
+    <t>9,3496</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>7,5285</t>
+    <t>7,7236</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
-    <t>14,2645</t>
+    <t>14,6341</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
-    <t>8,2417</t>
+    <t>8,4553</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,5691</t>
+    <t>9,8171</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Comoros</t>
   </si>
   <si>
-    <t>9,054</t>
+    <t>9,2886</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts and Nevis</t>
   </si>
   <si>
-    <t>12,0852</t>
+    <t>12,3984</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Korea, Democratic People's Republic of</t>
   </si>
   <si>
-    <t>13,8286</t>
+    <t>14,187</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
-    <t>4,1605</t>
+    <t>4,2683</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Islands</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,5097</t>
+    <t>9,7561</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>6,9341</t>
+    <t>7,1138</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monaco</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
-    <t>5,5473</t>
+    <t>5,6911</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagascar</t>
   </si>
   <si>
-    <t>10,6984</t>
+    <t>10,9756</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marshall Islands</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Macedonia, the Former Yugoslav Republic of</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinique</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Mauritania</t>
   </si>
   <si>
-    <t>23,7741</t>
+    <t>24,3902</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>18,8608</t>
+    <t>19,3496</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>4,7945</t>
+    <t>4,9187</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>New Caledonia</t>
   </si>
   <si>
-    <t>23,1204</t>
+    <t>23,7195</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Niger</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
-    <t>3,368</t>
+    <t>3,4553</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>13,0758</t>
+    <t>13,4146</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>7,469</t>
+    <t>7,6626</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>17,8306</t>
+    <t>18,2927</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>13,6701</t>
+    <t>14,0244</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
-    <t>4,9529</t>
+    <t>5,0813</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,5379</t>
+    <t>6,7073</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>French Polynesia</t>
   </si>
   <si>
-    <t>14,3635</t>
+    <t>14,7358</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,7642</t>
+    <t>3,8618</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre and Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
-    <t>11,689</t>
+    <t>11,9919</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
   <si>
-    <t>25,5572</t>
+    <t>26,2195</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
-    <t>6,6568</t>
+    <t>6,8293</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>11,0946</t>
+    <t>11,3821</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>7,1917</t>
+    <t>7,378</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>11,9663</t>
+    <t>12,2764</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somalia</t>
   </si>
   <si>
-    <t>15,9485</t>
+    <t>16,3618</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome and Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Syrian Arab Republic</t>
   </si>
   <si>
-    <t>14,0664</t>
+    <t>14,4309</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Swaziland</t>
   </si>
   <si>
-    <t>13,5513</t>
+    <t>13,9024</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
-    <t>12,7588</t>
+    <t>13,0894</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
-    <t>13,2739</t>
+    <t>13,6179</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
-    <t>4,5567</t>
+    <t>4,6748</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>1,5849</t>
+    <t>1,626</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
-    <t>19,8118</t>
+    <t>20,3252</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>United Republic of Tanzania</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>British Virgin Islands</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>19,6533</t>
+    <t>20,1626</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,4116</t>
+    <t>11,7073</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks and Caicos Islands</t>
   </si>