--- v2 (2026-01-22)
+++ v3 (2026-03-10)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sequence Number</t>
   </si>
   <si>
     <t>Country Code</t>
   </si>
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Unit Amount (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>9,0041</t>
+    <t>9,0965</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>5,2846</t>
+    <t>5,3388</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
-    <t>10,5691</t>
+    <t>10,6776</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
-    <t>13,3537</t>
+    <t>13,4908</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>12,1951</t>
+    <t>12,3203</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>9,9593</t>
+    <t>10,0616</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>5,7317</t>
+    <t>5,7906</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
-    <t>17,2764</t>
+    <t>17,4538</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
-    <t>5,4878</t>
+    <t>5,5441</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,7724</t>
+    <t>10,883</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>14,2276</t>
+    <t>14,3737</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>8,3333</t>
+    <t>8,4189</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
-    <t>3,252</t>
+    <t>3,2854</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>11,4634</t>
+    <t>11,5811</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,8049</t>
+    <t>12,9363</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,7886</t>
+    <t>11,9097</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
-    <t>15,0407</t>
+    <t>15,1951</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>3,2724</t>
+    <t>3,306</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,3699</t>
+    <t>4,4148</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Democratic Republic of the Congo</t>
   </si>
   <si>
-    <t>119,9187</t>
+    <t>121,1499</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Congo</t>
   </si>
   <si>
-    <t>7,9268</t>
+    <t>8,0082</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>7,622</t>
+    <t>7,7002</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Cote d'Ivoire</t>
   </si>
   <si>
-    <t>8,7175</t>
+    <t>8,807</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
-    <t>6,9106</t>
+    <t>6,9815</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>4,878</t>
+    <t>4,9281</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>6,3008</t>
+    <t>6,3655</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
-    <t>18,5366</t>
+    <t>18,7269</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>3,6585</t>
+    <t>3,6961</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
-    <t>7,3171</t>
+    <t>7,3922</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>12,5407</t>
+    <t>12,6694</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Djibouti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>4,1057</t>
+    <t>4,1478</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominica</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
-    <t>7,5203</t>
+    <t>7,5975</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
-    <t>17,8862</t>
+    <t>18,0698</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>8,7398</t>
+    <t>8,8296</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>10,3659</t>
+    <t>10,4723</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritrea</t>
   </si>
   <si>
-    <t>11,4431</t>
+    <t>11,5606</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>8,1911</t>
+    <t>8,2752</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>9,5528</t>
+    <t>9,6509</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>18,0894</t>
+    <t>18,2752</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Islands (Malvinas)</t>
   </si>
   <si>
-    <t>11,1789</t>
+    <t>11,2936</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Micronesia, Federated States of</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Islands</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>9,1463</t>
+    <t>9,2402</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>13,2114</t>
+    <t>13,347</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
-    <t>13,1098</t>
+    <t>13,2444</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Gibraltar</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Greenland</t>
   </si>
   <si>
-    <t>2,439</t>
+    <t>2,4641</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambia</t>
   </si>
   <si>
-    <t>10,1016</t>
+    <t>10,2053</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
-    <t>16,2602</t>
+    <t>16,4271</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>19,1057</t>
+    <t>19,3018</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Equatorial Guinea</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>8,1301</t>
+    <t>8,2136</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
-    <t>16,0772</t>
+    <t>16,2423</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>11,5854</t>
+    <t>11,7043</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>6,5041</t>
+    <t>6,5708</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>9,3496</t>
+    <t>9,4456</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>7,7236</t>
+    <t>7,8029</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
-    <t>14,6341</t>
+    <t>14,7844</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
-    <t>8,4553</t>
+    <t>8,5421</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,8171</t>
+    <t>9,9179</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Comoros</t>
   </si>
   <si>
-    <t>9,2886</t>
+    <t>9,384</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts and Nevis</t>
   </si>
   <si>
-    <t>12,3984</t>
+    <t>12,5257</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Korea, Democratic People's Republic of</t>
   </si>
   <si>
-    <t>14,187</t>
+    <t>14,3326</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
-    <t>4,2683</t>
+    <t>4,3121</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Islands</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,7561</t>
+    <t>9,8563</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>7,1138</t>
+    <t>7,1869</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monaco</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
-    <t>5,6911</t>
+    <t>5,7495</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagascar</t>
   </si>
   <si>
-    <t>10,9756</t>
+    <t>11,0883</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marshall Islands</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Macedonia, the Former Yugoslav Republic of</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinique</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Mauritania</t>
   </si>
   <si>
-    <t>24,3902</t>
+    <t>24,6407</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>19,3496</t>
+    <t>19,5483</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>4,9187</t>
+    <t>4,9692</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>New Caledonia</t>
   </si>
   <si>
-    <t>23,7195</t>
+    <t>23,963</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Niger</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
-    <t>3,4553</t>
+    <t>3,4908</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>13,4146</t>
+    <t>13,5524</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>7,6626</t>
+    <t>7,7413</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>18,2927</t>
+    <t>18,4805</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>14,0244</t>
+    <t>14,1684</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
-    <t>5,0813</t>
+    <t>5,1335</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,7073</t>
+    <t>6,7762</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>French Polynesia</t>
   </si>
   <si>
-    <t>14,7358</t>
+    <t>14,8871</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,8618</t>
+    <t>3,9014</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre and Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
-    <t>11,9919</t>
+    <t>12,115</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
   <si>
-    <t>26,2195</t>
+    <t>26,4887</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
-    <t>6,8293</t>
+    <t>6,8994</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>11,3821</t>
+    <t>11,499</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>7,378</t>
+    <t>7,4538</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>12,2764</t>
+    <t>12,4025</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somalia</t>
   </si>
   <si>
-    <t>16,3618</t>
+    <t>16,5298</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome and Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Syrian Arab Republic</t>
   </si>
   <si>
-    <t>14,4309</t>
+    <t>14,5791</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Swaziland</t>
   </si>
   <si>
-    <t>13,9024</t>
+    <t>14,0452</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
-    <t>13,0894</t>
+    <t>13,2238</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
-    <t>13,6179</t>
+    <t>13,7577</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
-    <t>4,6748</t>
+    <t>4,7228</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>1,626</t>
+    <t>1,6427</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
-    <t>20,3252</t>
+    <t>20,5339</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>United Republic of Tanzania</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>British Virgin Islands</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>20,1626</t>
+    <t>20,3696</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,7073</t>
+    <t>11,8275</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks and Caicos Islands</t>
   </si>